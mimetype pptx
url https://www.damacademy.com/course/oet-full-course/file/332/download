--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,82 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
+  <p:notesMasterIdLst>
+    <p:notesMasterId r:id="rId25"/>
+  </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
-    <p:sldId id="260" r:id="rId5"/>
-[...1 lines deleted...]
-    <p:sldId id="261" r:id="rId7"/>
+    <p:sldId id="259" r:id="rId5"/>
+    <p:sldId id="279" r:id="rId6"/>
+    <p:sldId id="260" r:id="rId7"/>
+    <p:sldId id="261" r:id="rId8"/>
+    <p:sldId id="262" r:id="rId9"/>
+    <p:sldId id="263" r:id="rId10"/>
+    <p:sldId id="264" r:id="rId11"/>
+    <p:sldId id="265" r:id="rId12"/>
+    <p:sldId id="266" r:id="rId13"/>
+    <p:sldId id="274" r:id="rId14"/>
+    <p:sldId id="267" r:id="rId15"/>
+    <p:sldId id="268" r:id="rId16"/>
+    <p:sldId id="275" r:id="rId17"/>
+    <p:sldId id="278" r:id="rId18"/>
+    <p:sldId id="276" r:id="rId19"/>
+    <p:sldId id="269" r:id="rId20"/>
+    <p:sldId id="270" r:id="rId21"/>
+    <p:sldId id="271" r:id="rId22"/>
+    <p:sldId id="272" r:id="rId23"/>
+    <p:sldId id="273" r:id="rId24"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="6858000" cy="9144000"/>
+  <p:notesSz cx="6858000" cy="12192000"/>
   <p:defaultTextStyle>
-    <a:defPPr>
-[...1 lines deleted...]
-    </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
@@ -134,3240 +182,2409 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
+</file>
+
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{5683FC4A-0575-4868-963E-CE22E6D86DF3}" v="11" dt="2026-02-24T23:28:35.696"/>
+  </p1510:revLst>
+</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...2 lines deleted...]
-    <p:restoredTop sz="94660"/>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="15611"/>
+    <p:restoredTop sz="94610"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0">
+    <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="57" d="100"/>
-          <a:sy n="57" d="100"/>
+          <a:sx n="74" d="100"/>
+          <a:sy n="74" d="100"/>
         </p:scale>
-        <p:origin x="1236" y="282"/>
+        <p:origin x="352" y="44"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}"/>
+    <pc:docChg chg="undo custSel addSld modSld">
+      <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-24T23:28:43.749" v="272" actId="1076"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:54:12.316" v="46"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="259"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:54:12.316" v="46"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="259"/>
+            <ac:spMk id="13" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:44:25.291" v="245" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="267"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:44:17.630" v="243" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="267"/>
+            <ac:spMk id="9" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:44:20.469" v="244" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="267"/>
+            <ac:spMk id="10" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:44:25.291" v="245" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="267"/>
+            <ac:spMk id="12" creationId="{53D694FF-24E5-BC7C-BB19-47B1F6FD4ED4}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:40:19.474" v="128" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="268"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:40:19.474" v="128" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="268"/>
+            <ac:spMk id="20" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:56:00.130" v="113" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="269"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:56:00.130" v="113" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="269"/>
+            <ac:spMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:47:43.373" v="267" actId="14100"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="272"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:47:43.373" v="267" actId="14100"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="272"/>
+            <ac:spMk id="8" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:39:22.768" v="123" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="272"/>
+            <ac:spMk id="10" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="add mod modCrop">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:36:59.134" v="120" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="272"/>
+            <ac:picMk id="13" creationId="{96F64E9B-40E8-DB4E-3029-C198C1937D0D}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:45:34.570" v="249" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="420365283" sldId="274"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:45:52.694" v="16" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="420365283" sldId="274"/>
+            <ac:spMk id="6" creationId="{448E5437-B9C4-7471-DE2F-06A0204C315B}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:45:34.570" v="249" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="420365283" sldId="274"/>
+            <ac:spMk id="11" creationId="{00A8E64B-66DF-D71C-5BA5-93B4B279AAD7}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:46:36.989" v="29" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="420365283" sldId="274"/>
+            <ac:spMk id="14" creationId="{0F9F5C1F-8F9C-6C19-1DE8-FD29CC5F8029}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:45:31.956" v="248" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="420365283" sldId="274"/>
+            <ac:picMk id="2" creationId="{04924DBA-F5A6-44DE-E314-1D93DE1446AD}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:46:59.388" v="32" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="858844258" sldId="275"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="add mod ord">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:46:57.986" v="31" actId="167"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="858844258" sldId="275"/>
+            <ac:picMk id="2" creationId="{59AC437B-FFB7-6EF7-C87B-767F493515BD}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:46:59.388" v="32" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="858844258" sldId="275"/>
+            <ac:picMk id="11" creationId="{BAE166B1-2899-7998-73CD-0A080B56F959}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:47:12.045" v="37" actId="167"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3750204928" sldId="276"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="add ord">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:47:12.045" v="37" actId="167"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3750204928" sldId="276"/>
+            <ac:picMk id="2" creationId="{A76E992F-19B7-0612-ED83-42FD05B17513}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="ord">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:47:08.678" v="35" actId="167"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3750204928" sldId="276"/>
+            <ac:picMk id="5" creationId="{034E81E6-120E-D639-EDF8-E080ABFC757A}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:46:15.664" v="250" actId="732"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3813573786" sldId="278"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="add ord">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-20T21:47:04.993" v="34" actId="167"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3813573786" sldId="278"/>
+            <ac:picMk id="2" creationId="{28F14AAF-6B4E-A2DE-6E68-DC5664290AF4}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="mod modCrop">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-22T18:46:15.664" v="250" actId="732"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3813573786" sldId="278"/>
+            <ac:picMk id="6" creationId="{9C45CD64-4580-4FF9-C8A8-B9EAD97BCAEE}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp new mod">
+        <pc:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-24T23:28:43.749" v="272" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1360358224" sldId="279"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Israa" userId="41c03c27-3bf3-4cd6-a73f-16dc41d5d1aa" providerId="ADAL" clId="{9F0B25E8-3CDA-4FED-8A85-592ED13DF8E5}" dt="2026-02-24T23:28:43.749" v="272" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1360358224" sldId="279"/>
+            <ac:picMk id="2" creationId="{A2518FF2-082F-80F8-2ED8-89D5219DC0E1}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...37 lines deleted...]
-  <p:cSld name="Title Slide">
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...188 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2593234929"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2219750730"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMapOvr>
-[...2 lines deleted...]
-</p:sldLayout>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title and Vertical Text">
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...14 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-[...3 lines deleted...]
-            <a:r>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...109 lines deleted...]
-              <a:t>‹#›</a:t>
+              <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1808172639"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Vertical Title and Text">
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" orient="vert"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...24 lines deleted...]
-          </p:cNvPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...10 lines deleted...]
-            <a:r>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...109 lines deleted...]
-              <a:t>‹#›</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1506384598"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title and Content">
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82013C2A-0FC2-7011-5C32-2632B34530E2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9222C8AC-17F9-068B-6DDE-139219C7C579}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44FEA4AB-0237-4C0C-049E-C799A25253DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4690C472-D9C8-0C2E-F225-6A30B71A0F9E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC1FBC3D-1FB7-3E00-37C8-DFCF794EF1FE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFAE4F51-B7FA-DC5D-161F-4FEAE96B7A80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...109 lines deleted...]
-              <a:t>‹#›</a:t>
+              <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2732044677"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="901775626"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Section Header">
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...28 lines deleted...]
-          </p:cNvPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...108 lines deleted...]
-          </p:cNvPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D56917BA-099F-4968-B287-9B3A51AC12ED}" type="datetimeFigureOut">
-[...55 lines deleted...]
-              <a:t>‹#›</a:t>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2765812041"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Two Content">
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...14 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...171 lines deleted...]
-              <a:t>‹#›</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1313444556"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Comparison">
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...24 lines deleted...]
-          </p:cNvPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...62 lines deleted...]
-          </p:cNvPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...242 lines deleted...]
-              <a:t>‹#›</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469344230"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title Only">
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...14 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D56917BA-099F-4968-B287-9B3A51AC12ED}" type="datetimeFigureOut">
-[...55 lines deleted...]
-              <a:t>‹#›</a:t>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4132442050"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Blank">
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Date Placeholder 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D56917BA-099F-4968-B287-9B3A51AC12ED}" type="datetimeFigureOut">
-[...15 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...26 lines deleted...]
-              <a:t>‹#›</a:t>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3389029626"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Content with Caption">
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...28 lines deleted...]
-          </p:cNvPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...30 lines deleted...]
-            <a:r>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...180 lines deleted...]
-              <a:t>‹#›</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="298083293"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:notes>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Picture with Caption">
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...28 lines deleted...]
-          </p:cNvPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...37 lines deleted...]
-          <a:p>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>23</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...7 lines deleted...]
-          </p:cNvPr>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="2"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...54 lines deleted...]
-          </p:cNvPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D56917BA-099F-4968-B287-9B3A51AC12ED}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>5/22/2025</a:t>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...7 lines deleted...]
-          </p:cNvPr>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AD49C2C5-3179-4F5D-A9B7-0798493CCD26}" type="slidenum">
-[...1 lines deleted...]
-              <a:t>‹#›</a:t>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3891170977"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="DEFAULT">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...240 lines deleted...]
-      </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
-    <p:sldLayoutId id="2147483650" r:id="rId2"/>
-[...8 lines deleted...]
-    <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
+        <a:defRPr sz="3200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
         <a:defRPr sz="2800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
-      </a:lvl1pPr>
-[...3 lines deleted...]
-        </a:lnSpc>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
-      </a:lvl2pPr>
-[...3 lines deleted...]
-        </a:lnSpc>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="»"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
-      </a:lvl3pPr>
-[...52 lines deleted...]
-        </a:defRPr>
       </a:lvl6pPr>
       <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:lnSpc>
-[...1 lines deleted...]
-        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
       <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:lnSpc>
-[...1 lines deleted...]
-        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:lnSpc>
-[...1 lines deleted...]
-        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
       <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
       <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
@@ -3433,856 +2650,7686 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.damacademy.com/register" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBDEF52C-0D8C-2C09-D480-2A96810AE1B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3738086" y="1974449"/>
+            <a:ext cx="20196810" cy="705743"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5558"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4275" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Master Your OET Success Journey</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4275" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2885164" y="3778836"/>
+            <a:ext cx="17693640" cy="445740"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3510"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="212121"/>
+                </a:solidFill>
+                <a:latin typeface="OpenSans-Regular" pitchFamily="34" charset="0"/>
+                <a:ea typeface="OpenSans-Regular" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="OpenSans-Regular" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Complete Guide for Healthcare Professionals</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2700" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="325279" y="6229350"/>
+            <a:ext cx="12070080" cy="209550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1650"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1650" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="212121"/>
+                </a:solidFill>
+                <a:latin typeface="OpenSans-Regular" pitchFamily="34" charset="0"/>
+                <a:ea typeface="OpenSans-Regular" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="OpenSans-Regular" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Your Gateway to International Healthcare Success</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1650" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 9">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1865263"/>
+            <a:ext cx="3815953" cy="3689598"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3564791" y="647700"/>
+            <a:ext cx="20299680" cy="521196"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4104"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162059"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans JP" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans JP" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans JP" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Speaking = Professional Communication</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="2171700"/>
+            <a:ext cx="5200650" cy="475506"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3744"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2925" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="404040"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans JP" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans JP" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans JP" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>2 roleplays</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2925" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="3038475"/>
+            <a:ext cx="7578090" cy="475506"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3744"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2925" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="404040"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans JP" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans JP" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans JP" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Empathy + clarity</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2925" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="3914775"/>
+            <a:ext cx="7132320" cy="475506"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3744"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2925" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="404040"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans JP" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans JP" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans JP" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Not memorization</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2925" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="4781550"/>
+            <a:ext cx="9361170" cy="475506"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3744"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2925" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="404040"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans JP" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans JP" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans JP" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Natural communication</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2925" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 10">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2145655" y="1865263"/>
+            <a:ext cx="3072259" cy="3106638"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2216914" y="647700"/>
+            <a:ext cx="8092440" cy="674340"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5310"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4425" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1A2A59"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Target Score</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4425" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="2286000"/>
+            <a:ext cx="10001250" cy="453330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3570"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2625" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Minimum B in all subtests</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2625" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="3200400"/>
+            <a:ext cx="6995160" cy="440382"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3468"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Depends on country</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="4133850"/>
+            <a:ext cx="8938260" cy="440382"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3468"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>No compensation allowed</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2098893" y="5743575"/>
+            <a:ext cx="17282160" cy="466279"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3672"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1A7576"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Every subtest must achieve Grade B minimum</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2700" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 11">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1075908" y="533400"/>
+            <a:ext cx="15026640" cy="657374"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5177"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4350" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="122B5C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>The 5 Biggest Mistakes</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4350" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1990725" y="1781175"/>
+            <a:ext cx="10157460" cy="540693"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="4257"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3225" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>1. No clear strategy</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3225" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1990725" y="2619375"/>
+            <a:ext cx="12908280" cy="553194"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="4356"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>2. Ignoring time pressure</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3300" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1990725" y="3457575"/>
+            <a:ext cx="12908280" cy="553194"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="4356"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>3. Poor writing structure</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3300" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1990725" y="4295775"/>
+            <a:ext cx="10896600" cy="553194"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="4356"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>4. Memorized speaking</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3300" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1990725" y="5124450"/>
+            <a:ext cx="12405360" cy="553194"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="4356"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>5. No mock exam practice</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3300" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-789682" y="6019800"/>
+            <a:ext cx="14401800" cy="383977"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3024"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="8B0000"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Avoid these pitfalls and secure your success!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD9CE1E9-D62D-2D9E-CBC8-22B0A5AB5793}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04924DBA-F5A6-44DE-E314-1D93DE1446AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9065CFE-D57D-322F-E076-B5C8DD55B648}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11058079" y="6048673"/>
+            <a:ext cx="938659" cy="637729"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 0">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13D42920-D01D-EB37-0A53-FB42EF923DE3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="629588" y="542925"/>
+            <a:ext cx="11521440" cy="640110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5040"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FBC900"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Why Learn With Us?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{448E5437-B9C4-7471-DE2F-06A0204C315B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-300558" y="5429250"/>
+            <a:ext cx="7600950" cy="453330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3570"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2625" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Dr Ahmad </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2625" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Magableh</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2625" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3A5D27A-CE9B-205D-B233-D24FA1A7DF71}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1363950" y="5067300"/>
+            <a:ext cx="4011930" cy="323999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2552"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2025" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FBC900"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>OET Professor</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2025" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{777E67C1-DD7F-D7CB-85DE-C974BE2BAB23}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7115175" y="2457450"/>
+            <a:ext cx="8549640" cy="485775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Recorded Lectures</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52FF3D90-5701-411B-154E-D91005FE617F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7115175" y="3657600"/>
+            <a:ext cx="7772400" cy="485775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Real exam simulation</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2CB57DD-F9B1-0668-2635-60EA1E7B7BC9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7115175" y="4857750"/>
+            <a:ext cx="7772400" cy="485775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB865D7A-895A-DC41-7229-3A9110E679A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1855433" y="1466701"/>
+            <a:ext cx="3154975" cy="3154975"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F9F5C1F-8F9C-6C19-1DE8-FD29CC5F8029}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7115175" y="4681136"/>
+            <a:ext cx="7985464" cy="548163"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2550" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Continuous support </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2550" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00A8E64B-66DF-D71C-5BA5-93B4B279AAD7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7008643" y="5665919"/>
+            <a:ext cx="7985464" cy="549381"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2300" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Expertly crafted clinical insights</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="420365283"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 12">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11058079" y="6048673"/>
+            <a:ext cx="938659" cy="637729"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1767780" y="1762423"/>
+            <a:ext cx="2999184" cy="3154561"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="629588" y="542925"/>
+            <a:ext cx="11521440" cy="640110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5040"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FBC900"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Why Learn With Us?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-300558" y="5429250"/>
+            <a:ext cx="7600950" cy="453330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3570"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2625" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Dr Israa Yassin</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2625" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1363950" y="5067300"/>
+            <a:ext cx="4011930" cy="323999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2552"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2025" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FBC900"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>OET Professor</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2025" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7115175" y="2457450"/>
+            <a:ext cx="8549640" cy="485775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Structured methodology</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7115175" y="3509989"/>
+            <a:ext cx="7772400" cy="485775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Personalized progress tracking</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7171879" y="4561581"/>
+            <a:ext cx="7772400" cy="485775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Continuous follow-up</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53D694FF-24E5-BC7C-BB19-47B1F6FD4ED4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7065347" y="5429250"/>
+            <a:ext cx="7985464" cy="548163"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPts val="3825"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Step-by-step learning framework</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 13">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9595098" y="4937671"/>
+            <a:ext cx="280392" cy="239911"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5949553" y="4937671"/>
+            <a:ext cx="280392" cy="239911"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 3" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6034980" y="3710136"/>
+            <a:ext cx="304800" cy="390823"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 4" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5961757" y="2832348"/>
+            <a:ext cx="390079" cy="377130"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 5" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5864275" y="1947565"/>
+            <a:ext cx="621655" cy="411361"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Image 6" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2304157" y="4937671"/>
+            <a:ext cx="280392" cy="239911"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="246177" y="419100"/>
+            <a:ext cx="12241530" cy="563463"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4437"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3825" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="102A43"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Our Students' Results</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3825" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2009284" y="2428875"/>
+            <a:ext cx="3413760" cy="640110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5040"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>85%+</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2144539" y="3267075"/>
+            <a:ext cx="3086100" cy="331440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2610"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2250" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Pass Rate</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2250" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="1952625"/>
+            <a:ext cx="9258300" cy="331738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2612"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2025" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Multiple B &amp; A Scores Achieved</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2025" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="2838450"/>
+            <a:ext cx="8641080" cy="331738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2612"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2025" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Real Student Success Stories</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2025" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6686550" y="3724275"/>
+            <a:ext cx="6080760" cy="344091"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2709"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Proven Track Record</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="962025" y="5238750"/>
+            <a:ext cx="3279428" cy="786408"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1548"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>“I am so grateful for the support and
+resources. This program truly
+prepares you for success and
+achieving those high scores!”</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4676775" y="5238750"/>
+            <a:ext cx="3143250" cy="786408"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1548"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>“The case studies and real-world
+scenarios were invaluable. Hearing
+from other students was a huge
+motivator.”</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8277225" y="5238750"/>
+            <a:ext cx="3300413" cy="786408"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1548"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>“Highly recommended for anyone
+serious about their healthcare career.
+The structured approach and expert
+guidance made all the difference.”</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1250588" y="6172200"/>
+            <a:ext cx="2560320" cy="211782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1668"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>- Dr. Sarah M.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Text 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4640044" y="6172200"/>
+            <a:ext cx="3108960" cy="225028"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1772"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1275" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>- Nurse Ahmed K.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1275" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Text 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7835235" y="6172200"/>
+            <a:ext cx="4023360" cy="211782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1668"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>- Med Student Marah R.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Title 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C8F4E16-B680-BCFB-9B29-7190D77F6E9C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59AC437B-FFB7-6EF7-C87B-767F493515BD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...27 lines deleted...]
-          <p:cNvPr id="3" name="Subtitle 2">
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57501624-9CA4-80D1-6244-306BF16B9016}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A80410B-4CFE-E9B2-415E-AAFBF395F531}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...18 lines deleted...]
-      </p:sp>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="290" t="4086" r="3102" b="4538"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="181155" y="245853"/>
+            <a:ext cx="5771072" cy="6366294"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAE166B1-2899-7998-73CD-0A080B56F959}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect l="10648" r="14629" b="10754"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6337539" y="491705"/>
+            <a:ext cx="5236235" cy="6120442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="989311138"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="858844258"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Title 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1406393-B33C-41FC-CC9C-CC6894FA64C8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28F14AAF-6B4E-A2DE-6E68-DC5664290AF4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...20 lines deleted...]
-          <p:cNvPr id="3" name="Content Placeholder 2">
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8897BBA2-84B6-596C-DF7E-EB3C69A30195}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27804A37-B095-B353-5573-848DC272AA2A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...146 lines deleted...]
-      </p:sp>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="952500" y="529267"/>
+            <a:ext cx="10287000" cy="2038350"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle: Diagonal Corners Rounded 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{273480A0-F385-CF38-69BD-20BEED82227C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="3114136" y="1013602"/>
+            <a:ext cx="1061049" cy="1134373"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45CD64-4580-4FF9-C8A8-B9EAD97BCAEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect l="28373" t="18722" r="24859" b="14780"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1397479" y="3051952"/>
+            <a:ext cx="9221638" cy="3703430"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2102719978"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3813573786"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Title 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CAC9346-1372-8114-6EE6-77275ED5B655}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A76E992F-19B7-0612-ED83-42FD05B17513}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...20 lines deleted...]
-          <p:cNvPr id="3" name="Content Placeholder 2">
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73B13BCD-3919-5560-1F8E-C7DF6186DD10}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{034E81E6-120E-D639-EDF8-E080ABFC757A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...35 lines deleted...]
-      </p:sp>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5266068" y="419100"/>
+            <a:ext cx="5524500" cy="6019800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877F4445-CF70-D95A-A409-3A76152572D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect t="17358" r="1847" b="30566"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="846018" y="419100"/>
+            <a:ext cx="3786368" cy="5929942"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2038660872"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3750204928"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld>
+  <p:cSld name="Slide 14">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Title 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1572667" y="2324844"/>
+            <a:ext cx="3523357" cy="2647057"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1918320" y="600075"/>
+            <a:ext cx="8801100" cy="628650"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4950"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4125" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="122B5C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Why Choose Us?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4125" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6257925" y="1933575"/>
+            <a:ext cx="5060603" cy="4057799"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="4565"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="373737"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Poppins" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Poppins" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>• Level placement test
+• Recorded sessions
+• 2-month access
+• Personalized Writing correction 
+• Full mock exam simulation
+• FREE repeat if fail
+(conditions apply)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11173301" y="6124575"/>
+            <a:ext cx="880110" cy="119509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="940"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="825" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="B4995C"/>
+                </a:solidFill>
+                <a:latin typeface="PlayfairDisplay-Italic" pitchFamily="34" charset="0"/>
+                <a:ea typeface="PlayfairDisplay-Italic" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="PlayfairDisplay-Italic" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Premium</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="825" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 2">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7558980" y="3861048"/>
+            <a:ext cx="707082" cy="870942"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3901380" y="3895279"/>
+            <a:ext cx="707082" cy="802332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 3" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9399984" y="1831032"/>
+            <a:ext cx="707082" cy="802332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 4" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5681365" y="1831032"/>
+            <a:ext cx="804565" cy="802332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 5" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1987153" y="1769269"/>
+            <a:ext cx="841177" cy="905173"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="377130" y="638175"/>
+            <a:ext cx="12001500" cy="666750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5250"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3750" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162059"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Is OET Right for You?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3750" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1330643" y="2867025"/>
+            <a:ext cx="2320290" cy="331440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2610"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2175" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="293534"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Doctors</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2175" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5154870" y="2867025"/>
+            <a:ext cx="1988820" cy="331440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2610"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2175" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="293534"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Nurses</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2175" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8530560" y="2867025"/>
+            <a:ext cx="2651760" cy="331440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2610"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2175" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="293534"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Dentists</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2175" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2537877" y="4933950"/>
+            <a:ext cx="3646170" cy="331440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2610"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2175" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="293534"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Pharmacists</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2175" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6562725" y="4933950"/>
+            <a:ext cx="2965103" cy="662880"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2610"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2175" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="293534"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Other healthcare
+professionals</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2175" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571455" y="6229350"/>
+            <a:ext cx="11567160" cy="251520"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1980"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1650" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="6D7381"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Planning to work in UK, Australia, or Ireland?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1650" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 15">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11338471" y="6247507"/>
+            <a:ext cx="719286" cy="466279"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6559153" y="4930825"/>
+            <a:ext cx="865584" cy="747415"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 3" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1121569" y="4903440"/>
+            <a:ext cx="646063" cy="816025"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 4" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6559153" y="3456384"/>
+            <a:ext cx="828973" cy="788640"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 5" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1084957" y="3449538"/>
+            <a:ext cx="707082" cy="816025"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Image 6" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6595765" y="2064246"/>
+            <a:ext cx="780157" cy="665113"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 7" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId10"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1024086" y="2043559"/>
+            <a:ext cx="828973" cy="726877"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1279163" y="600075"/>
+            <a:ext cx="10104120" cy="594420"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4680"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162046"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Inside the Course</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3900" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2181225" y="2171700"/>
+            <a:ext cx="7543800" cy="449461"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3539"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Listening techniques</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7753350" y="2171700"/>
+            <a:ext cx="6412230" cy="449461"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3539"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Speaking practice</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2181225" y="3648075"/>
+            <a:ext cx="7920990" cy="449461"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3539"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Reading timing drills</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7753350" y="3648075"/>
+            <a:ext cx="6789420" cy="449461"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3539"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Practice materials</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2181225" y="5114925"/>
+            <a:ext cx="6412230" cy="449461"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3539"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Writing templates</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7753350" y="5114925"/>
+            <a:ext cx="7166610" cy="449461"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3539"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="323232"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Continuous feedback</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 16">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8448973" y="4011811"/>
+            <a:ext cx="719286" cy="671959"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3035796" y="3998119"/>
+            <a:ext cx="707082" cy="699492"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 3" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8412361" y="1769269"/>
+            <a:ext cx="804565" cy="788640"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 4" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3011388" y="1741884"/>
+            <a:ext cx="767953" cy="829717"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1886917" y="704850"/>
+            <a:ext cx="16802100" cy="602010"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4741"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3675" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162059"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Our Strategy = Smart, Not Hard</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3675" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-445815" y="2714625"/>
+            <a:ext cx="8229600" cy="371475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2925"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2250" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292929"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Technique-based learning</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2250" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5725418" y="2714625"/>
+            <a:ext cx="6515100" cy="371475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2925"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2250" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292929"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Real exam scenarios</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2250" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-524842" y="4848225"/>
+            <a:ext cx="8229600" cy="371475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2925"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2250" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292929"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Weekly progress tracking</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2250" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5390183" y="4848225"/>
+            <a:ext cx="7200900" cy="371475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2925"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2250" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292929"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Personalized feedback</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2250" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3244676" y="6296025"/>
+            <a:ext cx="5943600" cy="209550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1650"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7D858F"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>⇧ Results-focused approach</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1500" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1304479" y="3133725"/>
+            <a:ext cx="9829800" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1800"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292929"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Master proven strategies, not just practice</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1500" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5207794" y="3133725"/>
+            <a:ext cx="7543800" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1800"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292929"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Practice with authentic materials</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1500" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Text 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-626790" y="5267325"/>
+            <a:ext cx="8458200" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1800"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292929"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Monitor your improvement consistently</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1500" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5322094" y="5267325"/>
+            <a:ext cx="7315200" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1800"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292929"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Tailored guidance for your needs</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1500" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 17">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2401788" y="1755577"/>
+            <a:ext cx="2694384" cy="2770584"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1436325" y="638175"/>
+            <a:ext cx="9761220" cy="697260"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5490"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4575" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="192842"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Ready to Join?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4575" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3414177" y="5200650"/>
+            <a:ext cx="5646420" cy="434280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3420"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2850" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Register Now!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2850" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5715000" y="3962400"/>
+            <a:ext cx="9052560" cy="314325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2475"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="D32F2F"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Limited Seats Available!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4998128" y="1599307"/>
+            <a:ext cx="6681553" cy="1275071"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2730"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4A4A4A"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Course Start Date: Contact for Details</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4A4A4A"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4A4A4A"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>(+962 7 8522 0799)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5715000" y="2971800"/>
+            <a:ext cx="4892873" cy="693539"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2730"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4A4A4A"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Duration:
+[Full Program Details Available]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="131891" y="6019800"/>
+            <a:ext cx="12481560" cy="319980"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2520"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="808080"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Scan QR Code or Visit Registration </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="808080"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>Link</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10361727" y="6324600"/>
+            <a:ext cx="1440180" cy="171450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1350"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="ArialMT" pitchFamily="34" charset="0"/>
+                <a:ea typeface="ArialMT" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="ArialMT" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>QR Code</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1350" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E78950AD-5AA5-CCF7-A4B5-E196CF5B6CEB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96F64E9B-40E8-DB4E-3029-C198C1937D0D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...49 lines deleted...]
-          </a:p>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:srcRect l="29944" t="26926" r="27562" b="29778"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10083150" y="4371662"/>
+            <a:ext cx="1827351" cy="1861821"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 18">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10668000" y="5438329"/>
+            <a:ext cx="914400" cy="884634"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3279577" y="1913334"/>
+            <a:ext cx="5547271" cy="3929509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1124903" y="942975"/>
+            <a:ext cx="15156180" cy="578048"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4552"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3825" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162059"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Do You Have Any Questions?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3825" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1247239" y="6153150"/>
+            <a:ext cx="10275570" cy="328761"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2588"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2175" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="596070"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>We're here to help you succeed!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2175" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 3">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9265890" y="2777430"/>
+            <a:ext cx="2170063" cy="2153394"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="73819" y="600075"/>
+            <a:ext cx="12573000" cy="628650"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4950"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4125" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162059"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>What Exactly Is OET?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4125" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447800" y="2314575"/>
+            <a:ext cx="12858750" cy="595759"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
-              <a:buNone/>
-[...5 lines deleted...]
-          </a:p>
+              <a:lnSpc>
+                <a:spcPts val="4691"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3375" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162059"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Occupational English Test</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3375" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447800" y="3228975"/>
+            <a:ext cx="16093440" cy="582513"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
-              <a:buNone/>
-[...5 lines deleted...]
-          </a:p>
+              <a:lnSpc>
+                <a:spcPts val="4587"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353535"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Healthcare-specific English exam</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3300" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447800" y="4152900"/>
+            <a:ext cx="12070080" cy="582513"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
-              <a:buNone/>
-[...4 lines deleted...]
-            </a:r>
+              <a:lnSpc>
+                <a:spcPts val="4587"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353535"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Accepted internationally</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3300" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447800" y="5067300"/>
+            <a:ext cx="10287000" cy="595759"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="4691"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3375" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353535"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Alternative to IELTS</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3375" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-580192" y="6391275"/>
+            <a:ext cx="12893040" cy="272058"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPts val="2142"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="6D6D6D"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Global recognition for healthcare professionals</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 4">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5596086" y="1597819"/>
+            <a:ext cx="999679" cy="898327"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2566020" y="600075"/>
+            <a:ext cx="7429500" cy="566738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4463"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3750" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162059"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>OET or IELTS?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3750" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2526983" y="1828800"/>
+            <a:ext cx="1680210" cy="555427"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4373"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3675" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="008B8B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>OET</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3675" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7515671" y="1828800"/>
+            <a:ext cx="2971800" cy="589359"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4641"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="F05750"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Montserrat" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Montserrat" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>IELTS</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3900" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1381125" y="2838450"/>
+            <a:ext cx="8298180" cy="436959"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3440"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="3D3D3D"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>• Healthcare scenarios</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1381125" y="3638550"/>
+            <a:ext cx="7543800" cy="436959"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3440"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="3D3D3D"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>• Medical vocabulary</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1381125" y="4429125"/>
+            <a:ext cx="7920990" cy="436959"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3440"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="3D3D3D"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>• Realistic roleplays</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6953250" y="2838450"/>
+            <a:ext cx="9429750" cy="436959"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3440"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="3D3D3D"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>• General academic topics</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6953250" y="3638550"/>
+            <a:ext cx="7543800" cy="436959"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3440"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="3D3D3D"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>• Essays not medical</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6953250" y="4429125"/>
+            <a:ext cx="7315200" cy="423714"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3336"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="3D3D3D"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>• Broader vocabulary</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-4626322" y="6000750"/>
+            <a:ext cx="22402800" cy="344091"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2709"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="592081"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Both tests assess your English, but OET tests your professional communication</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Title 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4AD666E-90C9-6143-E5FD-15DCFF4E3813}"/>
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44A56438-5995-F480-C33A-AFEF33D67C2E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2518FF2-082F-80F8-2ED8-89D5219DC0E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3750720" y="1690688"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="112144" y="0"/>
+            <a:ext cx="11786558" cy="6919862"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="672662104"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1360358224"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld>
+  <p:cSld name="Slide 5">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...26 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Content Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4355465" y="1825625"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7836535" y="1420201"/>
-            <a:ext cx="4152900" cy="5162183"/>
+            <a:off x="2206675" y="2098477"/>
+            <a:ext cx="7766298" cy="4004965"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1583501" y="914400"/>
+            <a:ext cx="9387840" cy="640110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="5040"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162050"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>The 4 Subtests</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 6">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Picture 10">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="361473" y="1667669"/>
-            <a:ext cx="4152900" cy="4667249"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9399984" y="6185892"/>
+            <a:ext cx="1072753" cy="500509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1633686" y="2215009"/>
+            <a:ext cx="3364855" cy="2667744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 3" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="975271" y="1645890"/>
+            <a:ext cx="1267867" cy="500509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-4036740" y="676275"/>
+            <a:ext cx="21202650" cy="762298"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="6002"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3975" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00255E"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Listening = Accuracy Under Pressure</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3975" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6562725" y="2181225"/>
+            <a:ext cx="2979420" cy="459879"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3621"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>3 parts</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6562725" y="2924175"/>
+            <a:ext cx="11269980" cy="459879"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3621"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Real healthcare conversations</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6562725" y="3667125"/>
+            <a:ext cx="8549640" cy="459879"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3621"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Distractors are tricky</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6562725" y="4410075"/>
+            <a:ext cx="6217920" cy="459879"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3621"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2B2B2B"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Spelling matters</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1727403" y="5676900"/>
+            <a:ext cx="16322040" cy="459879"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3621"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2550" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="004080"/>
+                </a:solidFill>
+                <a:latin typeface="Noto Sans KR" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans KR" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Noto Sans KR" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>What’s harder — fast speakers or spelling?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 7">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1865263" y="1988790"/>
+            <a:ext cx="2474863" cy="2962573"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2676570" y="742950"/>
+            <a:ext cx="18482310" cy="560040"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4410"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3675" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1A237E"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Reading = Speed + Smart Technique</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3675" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2251680" y="5734050"/>
+            <a:ext cx="8046720" cy="438894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3456"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1B5E20"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Time management is key</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6324600" y="2143125"/>
+            <a:ext cx="9875520" cy="438894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3456"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1B5E20"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Part A: Skimming &amp; scanning</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6324600" y="3276600"/>
+            <a:ext cx="6949440" cy="438894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3456"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1B5E20"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Part B: Short texts</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6324600" y="4410075"/>
+            <a:ext cx="9509760" cy="438894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3456"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1B5E20"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Part C: Deep understanding</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 8">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11228784" y="5753844"/>
+            <a:ext cx="682675" cy="912019"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2048173" y="2372767"/>
+            <a:ext cx="2426196" cy="1728192"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1200150" y="638175"/>
+            <a:ext cx="19213830" cy="464790"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3659"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3075" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="162046"/>
+                </a:solidFill>
+                <a:latin typeface="Red Hat Display Variable" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Red Hat Display Variable" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Red Hat Display Variable" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Writing Is Where Most Students Lose Marks</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3075" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3400425" y="5324475"/>
+            <a:ext cx="5982593" cy="685800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2700"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2250" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4A006D"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Writing is not an English problem.
+It's a STRUCTURE problem.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2250" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6381750" y="1971675"/>
+            <a:ext cx="10241280" cy="399306"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3144"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="393939"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Referral / discharge letters</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6381750" y="2705100"/>
+            <a:ext cx="11315700" cy="411807"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3242"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="393939"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Case notes → structured letter</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6381750" y="3409950"/>
+            <a:ext cx="8675370" cy="411807"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3242"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="393939"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Selection is everything</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6381750" y="4143375"/>
+            <a:ext cx="7543800" cy="411807"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="3242"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2475" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="393939"/>
+                </a:solidFill>
+                <a:latin typeface="Inter" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Inter" pitchFamily="34" charset="-122"/>
+                <a:cs typeface="Inter" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Formal tone required</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2475" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -4541,92 +10588,432 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>243</Words>
+  <Words>580</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>24</Paragraphs>
-[...1 lines deleted...]
-  <Notes>0</Notes>
+  <Paragraphs>135</Paragraphs>
+  <Slides>23</Slides>
+  <Notes>19</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="35" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>ArialMT</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
-      <vt:lpstr>inherit</vt:lpstr>
+      <vt:lpstr>Inter</vt:lpstr>
+      <vt:lpstr>Montserrat</vt:lpstr>
+      <vt:lpstr>Noto Sans JP</vt:lpstr>
+      <vt:lpstr>Noto Sans KR</vt:lpstr>
+      <vt:lpstr>OpenSans-Regular</vt:lpstr>
+      <vt:lpstr>PlayfairDisplay-Italic</vt:lpstr>
+      <vt:lpstr>Poppins</vt:lpstr>
+      <vt:lpstr>Red Hat Display Variable</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Occupational English Test  (OET )</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>My candidates results </vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>PptxGenJS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Occupational English Test  (OET )</dc:title>
-  <dc:creator>ahmad almakableh</dc:creator>
+  <dc:title>PptxGenJS Presentation</dc:title>
+  <dc:subject>PptxGenJS Presentation</dc:subject>
+  <dc:creator>PptxGenJS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>